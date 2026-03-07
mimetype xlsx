--- v0 (2026-01-20)
+++ v1 (2026-03-07)
@@ -6,51 +6,51 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\md\Desktop\곽효승\2024년 블루비뇨기과 비급여양식\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12270"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="11880"/>
   </bookViews>
   <sheets>
     <sheet name="비급여" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="88">
   <si>
     <t>블루비뇨기과 비급여 고지 양식</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>중분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>소분류</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>항목</t>
     <phoneticPr fontId="1" type="noConversion"/>
@@ -1025,51 +1025,51 @@
       <c r="E6" s="4"/>
       <c r="F6" s="9">
         <v>340000</v>
       </c>
       <c r="G6" s="9"/>
       <c r="H6" s="9"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
       <c r="K6" s="6"/>
       <c r="L6" s="4"/>
     </row>
     <row r="7" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C7" s="4"/>
       <c r="D7" s="6" t="s">
         <v>27</v>
       </c>
       <c r="E7" s="4"/>
       <c r="F7" s="9"/>
       <c r="G7" s="9">
-        <v>340000</v>
+        <v>390000</v>
       </c>
       <c r="H7" s="9">
         <v>590000</v>
       </c>
       <c r="I7" s="4"/>
       <c r="J7" s="4"/>
       <c r="K7" s="6" t="s">
         <v>87</v>
       </c>
       <c r="L7" s="4"/>
     </row>
     <row r="8" spans="1:12" s="5" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>15</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>16</v>
       </c>
       <c r="C8" s="4"/>
       <c r="D8" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E8" s="4"/>
       <c r="F8" s="9"/>
       <c r="G8" s="9">